--- v0 (2025-11-12)
+++ v1 (2026-03-19)
@@ -5,58 +5,58 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28224"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29910"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/execasst_st/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{90860D28-909A-8C4D-BFC6-2AB52A5D9C66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{90860D28-909A-8C4D-BFC6-2AB52A5D9C66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9216A941-E0D2-4425-A84C-ED0AFE35EBDD}"/>
   <bookViews>
     <workbookView xWindow="10340" yWindow="1280" windowWidth="24420" windowHeight="17780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="January 13-2023" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'January 13-2023'!$A$1:$H$41</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -723,108 +723,108 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="11" fillId="2" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="168" fontId="11" fillId="2" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="11" fillId="2" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...27 lines deleted...]
-      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFE471"/>
       <color rgb="FFFFDA3B"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1151,52 +1151,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:H42"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="M36" sqref="M36"/>
+    <sheetView tabSelected="1" topLeftCell="A21" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="J31" sqref="J31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="24.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="4" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="24.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="1" customWidth="1"/>
     <col min="9" max="255" width="8.85546875" style="1"/>
     <col min="256" max="256" width="2.42578125" style="1" customWidth="1"/>
     <col min="257" max="257" width="24.85546875" style="1" customWidth="1"/>
     <col min="258" max="258" width="23" style="1" customWidth="1"/>
     <col min="259" max="259" width="7.28515625" style="1" customWidth="1"/>
     <col min="260" max="260" width="7.42578125" style="1" customWidth="1"/>
     <col min="261" max="261" width="9.85546875" style="1" customWidth="1"/>
     <col min="262" max="262" width="22.28515625" style="1" customWidth="1"/>
     <col min="263" max="511" width="8.85546875" style="1"/>
     <col min="512" max="512" width="2.42578125" style="1" customWidth="1"/>
     <col min="513" max="513" width="24.85546875" style="1" customWidth="1"/>
     <col min="514" max="514" width="23" style="1" customWidth="1"/>
     <col min="515" max="515" width="7.28515625" style="1" customWidth="1"/>
@@ -1675,94 +1675,94 @@
     <col min="15620" max="15620" width="7.42578125" style="1" customWidth="1"/>
     <col min="15621" max="15621" width="9.85546875" style="1" customWidth="1"/>
     <col min="15622" max="15622" width="22.28515625" style="1" customWidth="1"/>
     <col min="15623" max="15871" width="8.85546875" style="1"/>
     <col min="15872" max="15872" width="2.42578125" style="1" customWidth="1"/>
     <col min="15873" max="15873" width="24.85546875" style="1" customWidth="1"/>
     <col min="15874" max="15874" width="23" style="1" customWidth="1"/>
     <col min="15875" max="15875" width="7.28515625" style="1" customWidth="1"/>
     <col min="15876" max="15876" width="7.42578125" style="1" customWidth="1"/>
     <col min="15877" max="15877" width="9.85546875" style="1" customWidth="1"/>
     <col min="15878" max="15878" width="22.28515625" style="1" customWidth="1"/>
     <col min="15879" max="16127" width="8.85546875" style="1"/>
     <col min="16128" max="16128" width="2.42578125" style="1" customWidth="1"/>
     <col min="16129" max="16129" width="24.85546875" style="1" customWidth="1"/>
     <col min="16130" max="16130" width="23" style="1" customWidth="1"/>
     <col min="16131" max="16131" width="7.28515625" style="1" customWidth="1"/>
     <col min="16132" max="16132" width="7.42578125" style="1" customWidth="1"/>
     <col min="16133" max="16133" width="9.85546875" style="1" customWidth="1"/>
     <col min="16134" max="16134" width="22.28515625" style="1" customWidth="1"/>
     <col min="16135" max="16383" width="8.85546875" style="1"/>
     <col min="16384" max="16384" width="9.140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" ht="29.25" customHeight="1"/>
     <row r="3" spans="1:8" ht="29.25" customHeight="1">
-      <c r="A3" s="59" t="s">
+      <c r="A3" s="50" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="59"/>
-[...5 lines deleted...]
-      <c r="H3" s="59"/>
+      <c r="B3" s="50"/>
+      <c r="C3" s="50"/>
+      <c r="D3" s="50"/>
+      <c r="E3" s="50"/>
+      <c r="F3" s="50"/>
+      <c r="G3" s="50"/>
+      <c r="H3" s="50"/>
     </row>
     <row r="4" spans="1:8" ht="18.95">
       <c r="B4" s="10"/>
       <c r="C4" s="11"/>
       <c r="D4" s="12"/>
       <c r="E4" s="13"/>
       <c r="F4" s="31" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="32"/>
     </row>
     <row r="5" spans="1:8" ht="16.7" customHeight="1">
-      <c r="B5" s="60" t="s">
+      <c r="B5" s="51" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="60"/>
-      <c r="D5" s="60"/>
+      <c r="C5" s="51"/>
+      <c r="D5" s="51"/>
       <c r="E5" s="14"/>
       <c r="F5" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="61" t="s">
+      <c r="G5" s="52" t="s">
         <v>4</v>
       </c>
-      <c r="H5" s="61"/>
+      <c r="H5" s="52"/>
     </row>
     <row r="6" spans="1:8" ht="24" customHeight="1">
-      <c r="B6" s="62"/>
-[...1 lines deleted...]
-      <c r="D6" s="62"/>
+      <c r="B6" s="53"/>
+      <c r="C6" s="53"/>
+      <c r="D6" s="53"/>
       <c r="E6" s="15"/>
       <c r="F6" s="16"/>
-      <c r="G6" s="63"/>
-      <c r="H6" s="63"/>
+      <c r="G6" s="54"/>
+      <c r="H6" s="54"/>
     </row>
     <row r="7" spans="1:8" ht="6.6" customHeight="1" thickBot="1">
       <c r="B7" s="12"/>
       <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
     </row>
     <row r="8" spans="1:8" ht="33.75" customHeight="1" thickBot="1">
       <c r="B8" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="45" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="46" t="s">
         <v>7</v>
       </c>
       <c r="F8" s="44" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="45" t="s">
         <v>6</v>
       </c>
@@ -1983,221 +1983,211 @@
       <c r="D32" s="35"/>
       <c r="E32" s="17"/>
       <c r="F32" s="3"/>
       <c r="G32" s="2"/>
       <c r="H32" s="35"/>
     </row>
     <row r="33" spans="1:8" ht="23.1" customHeight="1">
       <c r="B33" s="3"/>
       <c r="C33" s="2"/>
       <c r="D33" s="35"/>
       <c r="E33" s="17"/>
       <c r="F33" s="3"/>
       <c r="G33" s="2"/>
       <c r="H33" s="35"/>
     </row>
     <row r="34" spans="1:8" ht="23.1" customHeight="1" thickBot="1">
       <c r="B34" s="4"/>
       <c r="C34" s="5"/>
       <c r="D34" s="36"/>
       <c r="E34" s="17"/>
       <c r="F34" s="4"/>
       <c r="G34" s="5"/>
       <c r="H34" s="36"/>
     </row>
     <row r="35" spans="1:8" ht="21.95" customHeight="1" thickBot="1">
-      <c r="B35" s="56" t="s">
+      <c r="B35" s="47" t="s">
         <v>8</v>
       </c>
-      <c r="C35" s="56"/>
+      <c r="C35" s="47"/>
       <c r="D35" s="40">
         <f>SUM(D9:D34)</f>
         <v>0</v>
       </c>
       <c r="E35" s="18"/>
-      <c r="F35" s="57" t="s">
+      <c r="F35" s="48" t="s">
         <v>8</v>
       </c>
-      <c r="G35" s="58"/>
+      <c r="G35" s="49"/>
       <c r="H35" s="40">
         <f>SUM(H9:H34)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="27" customHeight="1" thickBot="1">
       <c r="B36" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="C36" s="47">
+      <c r="C36" s="55">
         <f>D35+H35</f>
         <v>0</v>
       </c>
-      <c r="D36" s="48"/>
+      <c r="D36" s="56"/>
       <c r="E36" s="11"/>
       <c r="F36" s="41" t="s">
         <v>10</v>
       </c>
       <c r="G36" s="42">
-        <v>0.7</v>
+        <v>0.73</v>
       </c>
       <c r="H36" s="19"/>
     </row>
     <row r="37" spans="1:8" ht="27" customHeight="1">
       <c r="B37" s="38" t="s">
         <v>11</v>
       </c>
-      <c r="C37" s="49">
+      <c r="C37" s="57">
         <f>C36*G36</f>
         <v>0</v>
       </c>
-      <c r="D37" s="50"/>
-      <c r="F37" s="51" t="s">
+      <c r="D37" s="58"/>
+      <c r="F37" s="59" t="s">
         <v>12</v>
       </c>
-      <c r="G37" s="51"/>
-      <c r="H37" s="51"/>
+      <c r="G37" s="59"/>
+      <c r="H37" s="59"/>
     </row>
     <row r="38" spans="1:8" ht="27" customHeight="1">
       <c r="B38" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="C38" s="52"/>
-      <c r="D38" s="53"/>
+      <c r="C38" s="60"/>
+      <c r="D38" s="61"/>
       <c r="E38" s="20"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8" ht="27" customHeight="1" thickBot="1">
       <c r="B39" s="33"/>
-      <c r="C39" s="54"/>
-      <c r="D39" s="55"/>
+      <c r="C39" s="62"/>
+      <c r="D39" s="63"/>
       <c r="E39" s="20"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8" ht="30.95" customHeight="1">
       <c r="B40" s="29" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="21"/>
       <c r="D40" s="22"/>
       <c r="E40" s="23"/>
       <c r="F40" s="9"/>
       <c r="G40" s="9"/>
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8" ht="30.95" customHeight="1">
       <c r="B41" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="24"/>
       <c r="D41" s="25"/>
       <c r="E41" s="23"/>
       <c r="F41" s="9"/>
       <c r="G41" s="9"/>
       <c r="H41"/>
     </row>
     <row r="42" spans="1:8" ht="72.599999999999994" customHeight="1">
       <c r="A42" s="26"/>
       <c r="B42" s="27"/>
       <c r="C42" s="28"/>
       <c r="D42" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="F37:H37"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="C39:D39"/>
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="F35:G35"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="G6:H6"/>
-    <mergeCell ref="C36:D36"/>
-[...3 lines deleted...]
-    <mergeCell ref="C39:D39"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.43307086614173229" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="72" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LLast Updated: January 13, 2023
 &amp;Z&amp;F</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cfca1b54-49f7-4c30-a513-b910015a076f" xmlns:ns3="7da1dac5-aa59-4a25-b6fd-c39d2d9e1a2b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee22b913e0b28a03238920b0660755ce" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084398D2D393C9641839C384464736F8A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6fa55a0eff8c7ef19f59d95f697412ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cfca1b54-49f7-4c30-a513-b910015a076f" xmlns:ns3="7da1dac5-aa59-4a25-b6fd-c39d2d9e1a2b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5f68537925f86127401442b3e61d584f" ns2:_="" ns3:_="">
     <xsd:import namespace="cfca1b54-49f7-4c30-a513-b910015a076f"/>
     <xsd:import namespace="7da1dac5-aa59-4a25-b6fd-c39d2d9e1a2b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cfca1b54-49f7-4c30-a513-b910015a076f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2216,50 +2206,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0a18fee0-daa1-4d9b-8e5c-522bdfce06c3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7da1dac5-aa59-4a25-b6fd-c39d2d9e1a2b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -2359,65 +2354,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7da1dac5-aa59-4a25-b6fd-c39d2d9e1a2b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cfca1b54-49f7-4c30-a513-b910015a076f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6DCC857-56B5-4CEC-BDD2-A680EAA8FE6C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A41085DC-1C81-45E6-9F1B-C6C7B9BDF64F}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58151934-35FE-4D65-8AE7-AFFF592D1C01}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6DCC857-56B5-4CEC-BDD2-A680EAA8FE6C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C51BCB01-CDBC-4D31-BB2E-CEDF9A4A084E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kerrie Bainbridge</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>